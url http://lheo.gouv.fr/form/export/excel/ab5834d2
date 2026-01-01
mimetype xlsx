--- v0 (2026-01-01)
+++ v1 (2026-01-01)
@@ -96,71 +96,71 @@
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Niveau à l'entrée en formation</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Niveau à la sortie de la formation</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Objectif général de la formation</t>
   </si>
   <si>
     <t>Domaine de formation</t>
   </si>
   <si>
     <t>Code FORMACODE</t>
   </si>
   <si>
+    <t>34582</t>
+  </si>
+  <si>
     <t>34076</t>
   </si>
   <si>
-    <t>34582</t>
-[...1 lines deleted...]
-  <si>
     <t>Code NSF</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Code ROME</t>
   </si>
   <si>
+    <t>D1402</t>
+  </si>
+  <si>
     <t>D1403</t>
   </si>
   <si>
-    <t>D1402</t>
-[...1 lines deleted...]
-  <si>
     <t>D1408</t>
   </si>
   <si>
     <t>Certifications</t>
   </si>
   <si>
     <t>Code RNCP</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Code CERTIFINFO</t>
   </si>
   <si>
     <t>19004</t>
   </si>
   <si>
     <t>Modularisation</t>
   </si>
   <si>
     <t>Identifiant de module</t>
   </si>
   <si>
     <t>Type de positionnement</t>
@@ -276,63 +276,63 @@
   <si>
     <t>Renseignements spécifiques sur l'organisme</t>
   </si>
   <si>
     <t>Coordonnées de l'organisme</t>
   </si>
   <si>
     <t>Adresse de l'organisme</t>
   </si>
   <si>
     <t>02 98 96 48 00</t>
   </si>
   <si>
     <t>ce.0290076a@ac-rennes.fr</t>
   </si>
   <si>
     <t>http://lyceedekerneuzec.fr</t>
   </si>
   <si>
     <t>Contact de l'organisme</t>
   </si>
   <si>
     <t>Potentiel</t>
   </si>
   <si>
+    <t>11054</t>
+  </si>
+  <si>
+    <t>11554</t>
+  </si>
+  <si>
+    <t>11454</t>
+  </si>
+  <si>
+    <t>12054</t>
+  </si>
+  <si>
     <t>13154</t>
-  </si>
-[...10 lines deleted...]
-    <t>11554</t>
   </si>
   <si>
     <t>Action de formation</t>
   </si>
   <si>
     <t>Code de public visé</t>
   </si>
   <si>
     <t>81061</t>
   </si>
   <si>
     <t>Informations sur le public visé</t>
   </si>
   <si>
     <t>Rythme de la formation</t>
   </si>
   <si>
     <t>Temps plein</t>
   </si>
   <si>
     <t>Niveau à l'entrée en formation obligatoire</t>
   </si>
   <si>
     <t>Modalités de l'alternance</t>
   </si>