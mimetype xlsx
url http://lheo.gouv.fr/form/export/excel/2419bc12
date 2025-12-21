--- v0 (2025-10-18)
+++ v1 (2025-12-21)
@@ -93,74 +93,74 @@
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Niveau à l'entrée en formation</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Niveau à la sortie de la formation</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Objectif général de la formation</t>
   </si>
   <si>
     <t>Domaine de formation</t>
   </si>
   <si>
     <t>Code FORMACODE</t>
   </si>
   <si>
+    <t>34582</t>
+  </si>
+  <si>
     <t>34076</t>
   </si>
   <si>
-    <t>34582</t>
-[...1 lines deleted...]
-  <si>
     <t>Code NSF</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Code ROME</t>
   </si>
   <si>
+    <t>D1403</t>
+  </si>
+  <si>
+    <t>D1402</t>
+  </si>
+  <si>
     <t>D1408</t>
   </si>
   <si>
-    <t>D1403</t>
-[...4 lines deleted...]
-  <si>
     <t>Certifications</t>
   </si>
   <si>
     <t>Code RNCP</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Code CERTIFINFO</t>
   </si>
   <si>
     <t>19004</t>
   </si>
   <si>
     <t>Modularisation</t>
   </si>
   <si>
     <t>Identifiant de module</t>
   </si>
   <si>
     <t>Type de positionnement</t>
   </si>
   <si>
     <t>Référence de module</t>
@@ -273,63 +273,63 @@
   <si>
     <t>Renseignements spécifiques sur l'organisme</t>
   </si>
   <si>
     <t>Coordonnées de l'organisme</t>
   </si>
   <si>
     <t>Adresse de l'organisme</t>
   </si>
   <si>
     <t>02 98 96 48 00</t>
   </si>
   <si>
     <t>ce.0290076a@ac-rennes.fr</t>
   </si>
   <si>
     <t>http://lyceedekerneuzec.fr</t>
   </si>
   <si>
     <t>Contact de l'organisme</t>
   </si>
   <si>
     <t>Potentiel</t>
   </si>
   <si>
+    <t>11554</t>
+  </si>
+  <si>
     <t>11054</t>
   </si>
   <si>
+    <t>13154</t>
+  </si>
+  <si>
+    <t>12054</t>
+  </si>
+  <si>
     <t>11454</t>
-  </si>
-[...7 lines deleted...]
-    <t>12054</t>
   </si>
   <si>
     <t>Action de formation</t>
   </si>
   <si>
     <t>Code de public visé</t>
   </si>
   <si>
     <t>81061</t>
   </si>
   <si>
     <t>Informations sur le public visé</t>
   </si>
   <si>
     <t>Rythme de la formation</t>
   </si>
   <si>
     <t>Temps plein</t>
   </si>
   <si>
     <t>Niveau à l'entrée en formation obligatoire</t>
   </si>
   <si>
     <t>Modalités de l'alternance</t>
   </si>
@@ -3001,62 +3001,62 @@
     <row r="9" spans="1:3">
       <c r="A9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>136</v>
       </c>
       <c r="C9" s="6" t="n"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:3">